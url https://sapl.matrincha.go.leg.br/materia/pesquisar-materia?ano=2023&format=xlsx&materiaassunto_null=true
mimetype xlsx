--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -54,204 +54,204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Luscenildo</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_013-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_013-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Presidente da Câmara Municipal de Matrinchã a necessidade de ADAPTAR OS BANHEIROS do edifício Sebastião Nogueira Marques para que Atendam todas as normas de acessibilidade.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_014-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_014-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de ADAPTAR OS BANHEIROS de todos os prédios públicos de nosso município, para que atendam todas as normas de acessibilidade.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_015-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_015-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de RECONSTRUIR O ASFALTO DO ANTIGO POSTO até a esquina depois da oficina do Neco, bem com o recapear todas as outras vias asfálticas do Distrito de Lua Nova.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_016-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_016-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de CONSTRUIR UM MATA-BURRO na estrada municipal, entrada da Fazenda São Pedro (linha escolar e escoamento de grãos).</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Roberto Revelino</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_017-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_017-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de CONSTRUIR UM RESERVATÓRIO DE ÁGUA NAS PROXIMIDADES DO CAMPO SOCIETY DA AGROVILA PARA ATENDER VÁRIAS FAMÍLIAS</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_018-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_018-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de ADEQUAR O LIXÃO DA AGROVILA</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_019-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_019-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de REVITALIZAR O ACESSO OU O LOCAL QUE SE FAZ A ENTRADA DA AGROVILA</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Rosimeire</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_-_020_-_banc._nova_-_meire.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_-_020_-_banc._nova_-_meire.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de EFETUAR UMA REFORMA GERAL NA UNIDADE BÁSICA DE SAÚDE - UBS URBANA NAIR COELHO ROSA</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_023-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_023-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de CONSTRUIR UM PONTO DE ÔNIBUS AS MARGENS DA GO-070, PRÓXIMO AO BAR DO JOÃO FEIJÃO NO TREVO DA AGROVILA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_024-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_024-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal providências no sentido de reformar o CEMITÉRIO PÚBLICO do DISTRITO DE LUA NOVA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_028-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_028-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de REFORMAR AS INSTALAÇÕES DOS CAMPOS SOCIETY ABAIXO DO GINÁSIO DE ESPORTES E PINTAR A PISTA DE CAMINHADA ENVOLTA DA PRAÇA</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_029-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_029-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de CONSTRUIR UMA PRACINHA COM ESTACIONAMENTO EM FRENTE A CÂMARA MUNICIPAL DE MATRINCHÃ E O CENTRO DE CONVIVÊNCIA MUNICIPAL</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_030-2023.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_030-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que BUSQUE MEDIDAS POLÍTICO ADMINISTRATIVAS PARA QUE SEJA FEITA A EXTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA 07 DE SETEMBRO NO DISTRITO DE LUA NOVA</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Sulemar, Zé Carlos</t>
   </si>
   <si>
-    <t>https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_-_032_-_banc._antiga_-_sulemar.pdf</t>
+    <t>http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_-_032_-_banc._antiga_-_sulemar.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de providência URGENTE PARA IMPLANTAÇÃO DO SISTEMA DE CÂMARA DE MONITORAMENTO E CERCA ELÉTRICA NAS ESCOLAS MUNICIPAIS DE MATRINCHÃ E LUA NOVA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_-_020_-_banc._nova_-_meire.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_-_032_-_banc._antiga_-_sulemar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_-_020_-_banc._nova_-_meire.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.matrincha.go.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_-_032_-_banc._antiga_-_sulemar.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="187" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>